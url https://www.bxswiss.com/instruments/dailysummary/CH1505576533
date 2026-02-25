--- v0 (2026-02-05)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62df1dc33984740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211d83335e1343cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c19e58098c04af5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75da1dbd0dc4841"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b0523f7b994401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c19e58098c04af5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e63f233936446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75da1dbd0dc4841" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...136 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,860</x:t>
-[...16 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,520</x:t>
-[...75 lines deleted...]
-          <x:t>100,785</x:t>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>96,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>