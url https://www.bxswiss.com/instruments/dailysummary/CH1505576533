--- v1 (2026-02-25)
+++ v2 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211d83335e1343cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626ab5fa46014a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75da1dbd0dc4841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b60db1893bf40b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e63f233936446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75da1dbd0dc4841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4e022f997b489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b60db1893bf40b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,785</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>100,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,470</x:t>
-[...11 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,940</x:t>
-[...306 lines deleted...]
-          <x:t>101,285</x:t>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>