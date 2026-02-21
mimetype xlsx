--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f3999c4e344ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4b9425c77c48f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re823f14e50174310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e078011e0d4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94448f1b7acd4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re823f14e50174310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re999093207134f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e078011e0d4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>