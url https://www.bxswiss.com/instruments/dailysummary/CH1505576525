--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4b9425c77c48f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c995908718f43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e078011e0d4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68164ba0309d4792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re999093207134f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e078011e0d4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a8a0d61241d4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68164ba0309d4792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>99,430</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,490</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,830</x:t>
-[...33 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,510</x:t>
-[...36 lines deleted...]
-          <x:t>96,550</x:t>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>