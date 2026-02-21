--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c88be935a341a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3eadbdeb674cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0d5333b33e4806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3657e4e205b5457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2639505d1c46da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0d5333b33e4806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a9388a13424acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3657e4e205b5457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.04% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505574025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,184 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>100,210</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>