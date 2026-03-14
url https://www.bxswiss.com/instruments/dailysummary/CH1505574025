--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3eadbdeb674cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra998c82dc85b4ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3657e4e205b5457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e38a0402e049e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a9388a13424acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3657e4e205b5457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06db923535d4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e38a0402e049e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.04% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505574025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>