--- v0 (2026-01-10)
+++ v1 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0ab71a08cd4eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd90322d6b24cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4140395ffe34dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1f900fd7c1401d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a935eccafaa4f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4140395ffe34dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a68035f3394c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1f900fd7c1401d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.26% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -309,31 +218,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>