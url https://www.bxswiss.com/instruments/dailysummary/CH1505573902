--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd90322d6b24cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfaec636394d41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1f900fd7c1401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdbd633a72d4876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a68035f3394c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1f900fd7c1401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6880be69d1a440d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdbd633a72d4876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.26% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...30 lines deleted...]
-          <x:t>100,695</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,860</x:t>
-[...156 lines deleted...]
-          <x:t>100,470</x:t>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>100,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,280</x:t>
-[...220 lines deleted...]
-          <x:t>97,850</x:t>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>