--- v2 (2026-02-26)
+++ v3 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfaec636394d41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0114dc119294cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdbd633a72d4876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd359ddfcb214a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6880be69d1a440d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdbd633a72d4876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redb2a1d4d899403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd359ddfcb214a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.26% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,400</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>99,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>99,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>100,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>