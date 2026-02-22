--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42ac03c39b6c4c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c48bed30bf4050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8b29fd28fe4589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7598af9f17b74543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80ddcb61ed244fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8b29fd28fe4589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95eaf620b3347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7598af9f17b74543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,184 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>100,210</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>