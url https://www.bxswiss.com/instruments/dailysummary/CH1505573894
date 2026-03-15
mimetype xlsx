--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c48bed30bf4050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6eb38c624b480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7598af9f17b74543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4744eedc5a3a4097"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95eaf620b3347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7598af9f17b74543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25dbb5531c704b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4744eedc5a3a4097" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>89,490</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>87,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>