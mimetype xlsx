--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f2fcd3e8704b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c97c4c2f8a4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad0481dd25e4568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf469f1337665440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509f663d8a5941e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad0481dd25e4568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2cda7c7a734dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf469f1337665440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,184 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>101,405</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>