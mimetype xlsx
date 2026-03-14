--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c97c4c2f8a4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ba4f1164444384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf469f1337665440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0264c99dd78408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2cda7c7a734dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf469f1337665440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd166fbff598d4544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0264c99dd78408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,620</x:t>
-[...43 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,460</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>91,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,580</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>