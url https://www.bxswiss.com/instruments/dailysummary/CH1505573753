--- v0 (2026-01-10)
+++ v1 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97c4edc3b014a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c6203679d54158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e88d69672fb43bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d453871ec574d7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af71eb320374c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e88d69672fb43bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5619e1e89164d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d453871ec574d7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.51% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,134 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -302,31 +218,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>