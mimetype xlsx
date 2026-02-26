--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c6203679d54158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3403e121d63b4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d453871ec574d7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a0c500c035429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5619e1e89164d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d453871ec574d7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970fb2f056204e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a0c500c035429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.51% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...143 lines deleted...]
-          <x:t>98,240</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>98,200</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>97,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>96,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>