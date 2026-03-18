--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3403e121d63b4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240103f889334500" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a0c500c035429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re64c4c27efac4794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970fb2f056204e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a0c500c035429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d412640feac4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re64c4c27efac4794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.51% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505573753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,490</x:t>
-[...53 lines deleted...]
-          <x:t>98,360</x:t>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>95,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>97,620</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>