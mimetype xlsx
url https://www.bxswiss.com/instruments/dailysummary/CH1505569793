--- v0 (2026-01-09)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radfa16c3032c4af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bf2d1b4ed04c7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf08383d937c4694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c2c80723b34819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1771831bb6454c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf08383d937c4694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aaaeb8cc43b49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c2c80723b34819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Anglogold Ashanti ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505569793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,211 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>102,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>