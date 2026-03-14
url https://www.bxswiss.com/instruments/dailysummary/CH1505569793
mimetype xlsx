--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bf2d1b4ed04c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29b7e052a52b49fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c2c80723b34819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3862fd668d2419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aaaeb8cc43b49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c2c80723b34819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fbe4b1e89049f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3862fd668d2419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Anglogold Ashanti ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505569793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>104,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>104,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,865</x:t>
-[...119 lines deleted...]
-          <x:t>101,635</x:t>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>104,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>