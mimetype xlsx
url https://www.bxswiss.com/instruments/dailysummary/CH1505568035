--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6339d2cec8dc4c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d40bd96b5904d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05120647d3f149da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebee682fe47b482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c83569c0da493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05120647d3f149da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e7533ba62c4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebee682fe47b482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505568035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>99,370</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>