--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d40bd96b5904d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02db9e502b11412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebee682fe47b482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec49ca11e194ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e7533ba62c4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebee682fe47b482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefe4d7f73134183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec49ca11e194ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505568035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,110</x:t>
-[...198 lines deleted...]
-          <x:t>94,500</x:t>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>