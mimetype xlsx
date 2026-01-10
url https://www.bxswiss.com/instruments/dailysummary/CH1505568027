--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe9525aa0bc34759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa02b601eb49a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f3fdcb096944c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463855f034244919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b3686a5efc4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f3fdcb096944c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd2c9b750ba4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463855f034244919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Siemens Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505568027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -344,31 +246,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>