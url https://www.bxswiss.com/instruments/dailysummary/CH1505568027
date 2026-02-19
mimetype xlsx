--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa02b601eb49a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d590f3524d4cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463855f034244919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444b8b5d8cc64e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd2c9b750ba4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463855f034244919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fce5af300842ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444b8b5d8cc64e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Siemens Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505568027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,371 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>101,425</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>