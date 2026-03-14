--- v2 (2026-02-19)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d590f3524d4cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d0f8a82f6440d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444b8b5d8cc64e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a1712db6a547df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fce5af300842ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444b8b5d8cc64e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3b77b630374181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a1712db6a547df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Siemens Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505568027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,270</x:t>
-[...31 lines deleted...]
-          <x:t>101,655</x:t>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>104,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>