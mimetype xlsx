--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f0f2f0450c4537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c682aa0ff145e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e411dcf2bf42c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c9c946bcb242ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1778b264eaec421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e411dcf2bf42c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd81d517d5c4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c9c946bcb242ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.13% p.a. Multi Barrier Reverse Convertible on Nestlé, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,302 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...138 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,825</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
@@ -564,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>