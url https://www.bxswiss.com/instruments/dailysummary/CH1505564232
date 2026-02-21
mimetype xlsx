--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c682aa0ff145e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dd283665024187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c9c946bcb242ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a378b44e2b4690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd81d517d5c4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c9c946bcb242ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47c73d2ad6e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a378b44e2b4690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.13% p.a. Multi Barrier Reverse Convertible on Nestlé, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,610</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,460</x:t>
-[...16 lines deleted...]
-          <x:t>100,560</x:t>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,210</x:t>
-[...11 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>101,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>