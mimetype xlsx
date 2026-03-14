--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dd283665024187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051a27616fe64abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a378b44e2b4690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1126088a8fb4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47c73d2ad6e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a378b44e2b4690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbc4790a8a74b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1126088a8fb4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.13% p.a. Multi Barrier Reverse Convertible on Nestlé, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>100,620</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...339 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...75 lines deleted...]
-          <x:t>100,100</x:t>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,920</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>