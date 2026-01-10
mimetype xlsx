--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf43ac50333134d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5127584d64487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cba8163fe449ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc0c4c5f4c24225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd93ad1c6ff347e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cba8163fe449ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026eed7228cb4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc0c4c5f4c24225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,350</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>