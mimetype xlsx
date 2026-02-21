--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5127584d64487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08222abe24a8455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc0c4c5f4c24225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36c272e611043b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026eed7228cb4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc0c4c5f4c24225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb928c283db143df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36c272e611043b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...438 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>