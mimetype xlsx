--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08222abe24a8455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bca50e5b6a4c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36c272e611043b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61da22910104d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb928c283db143df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36c272e611043b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41d0ba2be1684b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61da22910104d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,900</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>85,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,440</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>