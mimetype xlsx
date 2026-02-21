--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441b270ceaad4144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cad28f37a74c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7677582ba0de4392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58961eaa454a4e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a474c690014390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7677582ba0de4392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8760521caf04589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58961eaa454a4e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,286 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...162 lines deleted...]
-          <x:t>101,785</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,685</x:t>
-[...6 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,755</x:t>
-[...63 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>