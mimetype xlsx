--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cad28f37a74c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c02ddfcdba4d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58961eaa454a4e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae429c8db90644ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8760521caf04589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58961eaa454a4e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91810bde75bf4bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae429c8db90644ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>102,100</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,970</x:t>
-[...80 lines deleted...]
-          <x:t>102,170</x:t>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,400</x:t>
-[...161 lines deleted...]
-          <x:t>102,170</x:t>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>