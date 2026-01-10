--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8fa2a7d7d0450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3eacb8c07e455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree31af7ec17a4f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a5c2f3a22b4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6252ded9387641e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree31af7ec17a4f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab4469d2a294651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a5c2f3a22b4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.67% p.a. Multi Barrier Reverse Convertible on ABB, Holcim, VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,386 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...105 lines deleted...]
-          <x:t>101,065</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>101,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,175</x:t>
-[...80 lines deleted...]
-          <x:t>100,845</x:t>
+          <x:t>101,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>