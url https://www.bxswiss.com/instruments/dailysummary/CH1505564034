--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3eacb8c07e455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e5310a4320f4994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a5c2f3a22b4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2d700cec7044af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab4469d2a294651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a5c2f3a22b4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7e6e829c5544bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2d700cec7044af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.67% p.a. Multi Barrier Reverse Convertible on ABB, Holcim, VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>102,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,280</x:t>
-[...107 lines deleted...]
-          <x:t>101,200</x:t>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>