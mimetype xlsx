--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e5310a4320f4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0271adb05b94487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2d700cec7044af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R200b34648d94486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7e6e829c5544bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2d700cec7044af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0947bf970f94d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R200b34648d94486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.67% p.a. Multi Barrier Reverse Convertible on ABB, Holcim, VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,280</x:t>
-[...335 lines deleted...]
-          <x:t>101,565</x:t>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,565</x:t>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>101,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>