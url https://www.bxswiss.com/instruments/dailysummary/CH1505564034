--- v3 (2026-02-21)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0271adb05b94487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9737900dce2a41de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R200b34648d94486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re543e092ccc940e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0947bf970f94d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R200b34648d94486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7443403c8b384c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re543e092ccc940e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.67% p.a. Multi Barrier Reverse Convertible on ABB, Holcim, VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505564034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>100,440</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,440</x:t>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...11 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>100,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>