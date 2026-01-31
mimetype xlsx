--- v0 (2026-01-09)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88682b7d4dec4a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6c99cd523df418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca87c9312574169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebffba50636445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073c6fb75ed74211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca87c9312574169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb5b8f6112d42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebffba50636445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Silver CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505562756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,134 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...82 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,955</x:t>
         </x:is>
       </x:c>
@@ -369,31 +285,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>