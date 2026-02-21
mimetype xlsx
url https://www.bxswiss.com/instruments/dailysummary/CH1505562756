--- v1 (2026-01-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6c99cd523df418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c76f399bc04a91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebffba50636445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4655bbc2f4424ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb5b8f6112d42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebffba50636445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc5a624079f9414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4655bbc2f4424ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Silver CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505562756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,381 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...329 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -690,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>