--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c76f399bc04a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2210a1ba64a4fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4655bbc2f4424ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1d6c87937e48ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc5a624079f9414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4655bbc2f4424ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4295b39ba4524cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1d6c87937e48ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Silver CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505562756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>83,980</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>71,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>72,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>