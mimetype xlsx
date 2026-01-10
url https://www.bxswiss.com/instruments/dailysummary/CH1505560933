--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55420a8e7b78468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3808f837eae483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bf77d256d64819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2931bef061a42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30e4205e1184feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bf77d256d64819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6040accbfd4343bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2931bef061a42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505560933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,245 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...130 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,080</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
@@ -544,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>