--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3808f837eae483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb92ada48e94aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2931bef061a42f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb889c30fb0c4805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6040accbfd4343bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2931bef061a42f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394a7dedfc8e4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb889c30fb0c4805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505560933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>102,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,140</x:t>
-[...146 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,345</x:t>
-[...63 lines deleted...]
-          <x:t>103,425</x:t>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>