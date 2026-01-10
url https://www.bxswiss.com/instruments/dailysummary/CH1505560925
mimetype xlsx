--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9137bc402aaf4e98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d41631f46c4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c882565b2d40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1fb098a5844d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2bd3614014b4beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c882565b2d40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f059b415dc84c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1fb098a5844d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505560925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...135 lines deleted...]
-          <x:t>99,500</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,360</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
@@ -544,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>