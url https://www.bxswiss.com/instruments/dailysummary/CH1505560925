--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d41631f46c4c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22e6278bd4b4bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1fb098a5844d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69069a4055146e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f059b415dc84c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1fb098a5844d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd04392407a84320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69069a4055146e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505560925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,070</x:t>
-[...97 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,310</x:t>
-[...333 lines deleted...]
-          <x:t>100,520</x:t>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>