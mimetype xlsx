--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22e6278bd4b4bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R531c05a092e74a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69069a4055146e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bafe3d78d914b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd04392407a84320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69069a4055146e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf5501f29fc4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bafe3d78d914b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505560925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>101,085</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>103,155</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,670</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>102,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>102,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>