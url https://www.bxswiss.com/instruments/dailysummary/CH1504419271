--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030eaf81c518470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a0fb6359814b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ae8baaef064d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2eef49a4c64905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db25486c9304834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ae8baaef064d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a9a5c1361d4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2eef49a4c64905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>4,337</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,361</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,321</x:t>
-[...161 lines deleted...]
-          <x:t>4,285</x:t>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>