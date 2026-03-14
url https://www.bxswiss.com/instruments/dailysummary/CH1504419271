--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a0fb6359814b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3a8e1b97ed4912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2eef49a4c64905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9651fd1fe546f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a9a5c1361d4215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2eef49a4c64905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55172619c263422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9651fd1fe546f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,577</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>4,981</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,823</x:t>
-[...296 lines deleted...]
-          <x:t>4,585</x:t>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>