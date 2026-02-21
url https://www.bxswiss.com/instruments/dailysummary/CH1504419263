--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd258469011049fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ca0049739c4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18398584e1b4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100426fae37c4267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3267566cd1714d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18398584e1b4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882622b1a0cc4d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100426fae37c4267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,157</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>3,163</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,073</x:t>
-[...58 lines deleted...]
-          <x:t>3,097</x:t>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>