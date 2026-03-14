--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ca0049739c4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c98a05a8cae4f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100426fae37c4267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeee849f930149ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882622b1a0cc4d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100426fae37c4267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b0e46fc0154977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeee849f930149ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,477</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,607</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>3,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>