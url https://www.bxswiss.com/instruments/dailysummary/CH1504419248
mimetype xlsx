--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a3e066328942e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8d21be89254bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red633a8fd36146f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24292c3db6a84b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebb8eaac02194fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red633a8fd36146f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf6d01b0f711416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24292c3db6a84b7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>2,827</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,843</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,997</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,893</x:t>
-[...11 lines deleted...]
-          <x:t>2,899</x:t>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,971</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>2,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>