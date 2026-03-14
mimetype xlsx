--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8d21be89254bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15da53a434f94a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24292c3db6a84b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad81074c55d4855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf6d01b0f711416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24292c3db6a84b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22122c7471374315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad81074c55d4855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>2,897</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,199</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,117</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>3,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>