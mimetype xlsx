--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8e97c11f35c4c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8b99e048e94630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93f25f71dfb49d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ff47ee6fa254fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d929d59982240d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93f25f71dfb49d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc3766f4e664954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ff47ee6fa254fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,765</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,733</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>3,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,821</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>3,719</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>