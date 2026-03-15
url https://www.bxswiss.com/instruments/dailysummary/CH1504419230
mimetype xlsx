--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8b99e048e94630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbccc35925e455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ff47ee6fa254fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519d9fdb2c90486e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc3766f4e664954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ff47ee6fa254fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b20a625110e48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519d9fdb2c90486e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,057</x:t>
-[...603 lines deleted...]
-          <x:t>3,981</x:t>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>