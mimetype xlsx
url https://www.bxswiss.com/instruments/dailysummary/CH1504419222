--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1182b9adc34775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d999a627a74d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1451d2870734cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543110d637f1448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8401078597c14861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1451d2870734cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569c3d1239fe433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543110d637f1448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,589</x:t>
-[...38 lines deleted...]
-          <x:t>2,701</x:t>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,603</x:t>
-[...112 lines deleted...]
-          <x:t>2,531</x:t>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>