--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d999a627a74d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a10ef5092e4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543110d637f1448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc9c00765214b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569c3d1239fe433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543110d637f1448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad79e96869245ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc9c00765214b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,809</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>2,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>