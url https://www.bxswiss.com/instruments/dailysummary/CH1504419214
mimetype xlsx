--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9772363af1444afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4083f3f4a94518" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3db755207d04585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901df481115b4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5075165129474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3db755207d04585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf714781aebfb459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901df481115b4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>0,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,549</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>