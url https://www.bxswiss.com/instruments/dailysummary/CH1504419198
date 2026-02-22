--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34603ac03ac94231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509757cd9f8e4828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7beb5ff9ed1a494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e39350e6edb4764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd3de2946554928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7beb5ff9ed1a494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2ec7e09e4045c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e39350e6edb4764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>3,317</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,221</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>3,257</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,261</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,349</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,319</x:t>
-[...26 lines deleted...]
-          <x:t>3,209</x:t>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>