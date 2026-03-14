--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509757cd9f8e4828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963fbc6544044920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e39350e6edb4764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b7c1839b74268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2ec7e09e4045c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e39350e6edb4764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb8188bf8c14230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b7c1839b74268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>3,283</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>3,251</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,251</x:t>
-[...21 lines deleted...]
-          <x:t>3,755</x:t>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,627</x:t>
-[...296 lines deleted...]
-          <x:t>3,441</x:t>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>