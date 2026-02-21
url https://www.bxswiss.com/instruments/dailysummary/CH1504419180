--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c4a4f3a2714281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cd69640947432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea0a99bb9794810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc0c957049e84697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f32ca014df84fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea0a99bb9794810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71d33434084d48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc0c957049e84697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>2,179</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>2,059</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>