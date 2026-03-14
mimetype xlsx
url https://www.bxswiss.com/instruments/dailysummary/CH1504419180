--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cd69640947432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e81c9cf5e9400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc0c957049e84697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593651cd433944a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71d33434084d48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc0c957049e84697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52162b57443b4c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593651cd433944a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>1,803</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>2,351</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>2,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>