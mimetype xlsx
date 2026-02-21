--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ff3234ed874ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c636ffbb9c47e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd428365acc634569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b6e0e02ec94f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b77eff6d1ec429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd428365acc634569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5abf65117a564665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b6e0e02ec94f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,937</x:t>
-[...31 lines deleted...]
-          <x:t>1,879</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,973</x:t>
-[...90 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>