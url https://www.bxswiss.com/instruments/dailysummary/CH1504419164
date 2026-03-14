--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c636ffbb9c47e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db1743edc024233" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b6e0e02ec94f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34da6550874d4b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5abf65117a564665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b6e0e02ec94f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc2d1b5533c1459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34da6550874d4b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,183</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>1,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,015</x:t>
-[...274 lines deleted...]
-          <x:t>2,117</x:t>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,217</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>2,069</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>