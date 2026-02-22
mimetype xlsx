--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676c5a1f8bfd465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242b314c6d8f435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0cf3f6f1104ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62804a8106d3423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1f60f10f9c4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0cf3f6f1104ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efe243d4a844353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62804a8106d3423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,859</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,815</x:t>
-[...16 lines deleted...]
-          <x:t>2,839</x:t>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>2,759</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>