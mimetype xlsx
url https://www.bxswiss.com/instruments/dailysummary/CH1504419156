--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242b314c6d8f435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d11891c3bd450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62804a8106d3423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b22fc1136544145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efe243d4a844353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62804a8106d3423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05642d333474491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b22fc1136544145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>2,797</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,241</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...296 lines deleted...]
-          <x:t>2,961</x:t>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>