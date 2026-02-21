--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445b46880a374f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2e695094f64be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b23641f9aeb48e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754554c846404ed5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a5cecfe8cc4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b23641f9aeb48e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc06a56813d4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754554c846404ed5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,773</x:t>
-[...16 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...43 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,789</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>