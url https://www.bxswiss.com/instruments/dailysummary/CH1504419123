--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d41321db24747b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24b32bde44a42d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676ffe9886ab4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560a15389fd3435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13527d5ee9c4482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676ffe9886ab4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9ce93e8e674395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560a15389fd3435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,611</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,577</x:t>
-[...102 lines deleted...]
-          <x:t>1,539</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,553</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,549</x:t>
-[...63 lines deleted...]
-          <x:t>1,497</x:t>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>