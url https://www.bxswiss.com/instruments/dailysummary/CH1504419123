--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24b32bde44a42d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2173c7be355e46d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560a15389fd3435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c3c404ec9c4732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9ce93e8e674395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560a15389fd3435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964f043d8a3848d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c3c404ec9c4732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,629</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>1,559</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,559</x:t>
-[...53 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...107 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,863</x:t>
-[...144 lines deleted...]
-          <x:t>1,677</x:t>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>