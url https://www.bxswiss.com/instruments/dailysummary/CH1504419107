--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d91185771040af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e16e048e5e4723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566e98b9e4b74d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ce29d02efd4ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d493133d684e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566e98b9e4b74d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fdaa5223be4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ce29d02efd4ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,441</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,393</x:t>
-[...220 lines deleted...]
-          <x:t>1,343</x:t>
+          <x:t>1,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>