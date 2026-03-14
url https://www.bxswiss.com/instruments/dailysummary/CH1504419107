--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e16e048e5e4723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa67272f28b4ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ce29d02efd4ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695a7b8c99344d78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fdaa5223be4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ce29d02efd4ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43bfcc528bb740b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695a7b8c99344d78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,309</x:t>
-[...232 lines deleted...]
-          <x:t>1,403</x:t>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,403</x:t>
-[...21 lines deleted...]
-          <x:t>1,763</x:t>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,501</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,507</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>