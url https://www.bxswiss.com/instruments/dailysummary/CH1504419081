--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f09d70d0692468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3707f3065c4108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ac3967acc24410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa986d5278a34c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606670ce5c4d474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ac3967acc24410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re008763fe86644d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa986d5278a34c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,253</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,291</x:t>
-[...21 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,289</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,293</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>