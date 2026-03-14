--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3707f3065c4108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62b17117996407c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa986d5278a34c8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dabec536d284744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re008763fe86644d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa986d5278a34c8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4a5058fd3e48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dabec536d284744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,347</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>1,349</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>