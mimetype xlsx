--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d6ca6884a649b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eab36818b2c4f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a4d0a3c8f9b472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd17bcac3a6b4bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbe3e8db5ba4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a4d0a3c8f9b472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dc41e1aaec4dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd17bcac3a6b4bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>2,059</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,051</x:t>
-[...63 lines deleted...]
-          <x:t>2,011</x:t>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>