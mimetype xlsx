--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eab36818b2c4f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea39545eb854db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd17bcac3a6b4bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c82ef075f8e43d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dc41e1aaec4dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd17bcac3a6b4bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eff4a604b994f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c82ef075f8e43d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>1,837</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,993</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...11 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>2,219</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,191</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,109</x:t>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>