--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d1d57aa4444cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1a16f49f914d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb20f1b4571e44449"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8622e302c55147da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03dc15e325144c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb20f1b4571e44449" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5ae58e11104fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8622e302c55147da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...193 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>