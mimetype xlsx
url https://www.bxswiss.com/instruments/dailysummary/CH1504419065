--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1a16f49f914d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd1d36c60b24b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8622e302c55147da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78730788e4aa4beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5ae58e11104fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8622e302c55147da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaba0743ebc04726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78730788e4aa4beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>1,051</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,993</x:t>
-[...70 lines deleted...]
-          <x:t>0,957</x:t>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,953</x:t>
-[...97 lines deleted...]
-          <x:t>1,129</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,129</x:t>
-[...21 lines deleted...]
-          <x:t>1,421</x:t>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,207</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>