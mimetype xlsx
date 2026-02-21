--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc127c78c09324d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b821fc2e9cb493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1ba5cbff014cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afeade2184f4955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749c343e06f44b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1ba5cbff014cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde73586181f64e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afeade2184f4955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,143</x:t>
-[...85 lines deleted...]
-          <x:t>0,983</x:t>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>1,191</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>