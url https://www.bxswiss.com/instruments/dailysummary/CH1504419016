--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b821fc2e9cb493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a7af1f5f334e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afeade2184f4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f09a4cf154400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde73586181f64e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afeade2184f4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e84077159474a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f09a4cf154400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504419016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>0,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,629</x:t>
-[...58 lines deleted...]
-          <x:t>0,681</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>