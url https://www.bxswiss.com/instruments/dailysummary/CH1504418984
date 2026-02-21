--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebff72bcb599422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b75d69c17643b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c2b25ccc8e4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476ca758a6534aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3365feaf7b4b45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c2b25ccc8e4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93116918c9384bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476ca758a6534aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>