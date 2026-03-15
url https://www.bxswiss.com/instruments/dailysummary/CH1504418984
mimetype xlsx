--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b75d69c17643b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f741607674450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476ca758a6534aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa88212bfc374081"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93116918c9384bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476ca758a6534aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554ed2261301488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa88212bfc374081" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,141</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,129</x:t>
-[...313 lines deleted...]
-          <x:t>0,887</x:t>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...119 lines deleted...]
-          <x:t>0,777</x:t>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,787</x:t>
-[...102 lines deleted...]
-          <x:t>0,749</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>