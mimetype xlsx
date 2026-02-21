--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb477e589134dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d8ec915553d461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9c38cee0a64b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d699f9386dd4c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08cf80a65f74913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9c38cee0a64b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d810fc54e1f4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d699f9386dd4c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>3,593</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,561</x:t>
-[...16 lines deleted...]
-          <x:t>3,581</x:t>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,453</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>3,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>