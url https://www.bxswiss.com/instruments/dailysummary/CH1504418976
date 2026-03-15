--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d8ec915553d461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R289f5ce0485c468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d699f9386dd4c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6826872d5747cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d810fc54e1f4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d699f9386dd4c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549d302fedb94abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6826872d5747cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>2,689</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,829</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>2,623</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2,789</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>