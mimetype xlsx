--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9a54eb1f3f473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e84c6f2d1c441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eb785de92504335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bf2d5c8f764872"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cfec97810c4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eb785de92504335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb232583923564b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bf2d5c8f764872" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>1,319</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>1,463</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>