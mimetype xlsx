--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e84c6f2d1c441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10add6c46e047b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bf2d5c8f764872"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb70a61a46e64e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb232583923564b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bf2d5c8f764872" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b8263b09284491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb70a61a46e64e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,225 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,213</x:t>
-[...264 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>