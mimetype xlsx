--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14d7f8fd50f438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0002cdb6dc94d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4748d6846c473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9438c8e666264a8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfac95de0fbd41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4748d6846c473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f32f3f1e325423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9438c8e666264a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>1,417</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,437</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,439</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,437</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,563</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>