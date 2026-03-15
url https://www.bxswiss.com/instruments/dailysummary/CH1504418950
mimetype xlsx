--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0002cdb6dc94d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca9be3318604fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9438c8e666264a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7908cee56814018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f32f3f1e325423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9438c8e666264a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4548ae87bf4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7908cee56814018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>1,121</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,987</x:t>
-[...141 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,969</x:t>
-[...4 lines deleted...]
-          <x:t>0,851</x:t>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,867</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,803</x:t>
-[...85 lines deleted...]
-          <x:t>0,947</x:t>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>