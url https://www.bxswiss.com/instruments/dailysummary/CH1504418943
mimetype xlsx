--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e88e1a516147aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efcbcd772844e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfabcac527a1b41b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1abcb61446ec4a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49da5132e214036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfabcac527a1b41b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9526e46c3398493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1abcb61446ec4a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,801</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,819</x:t>
-[...43 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...107 lines deleted...]
-          <x:t>4,073</x:t>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>