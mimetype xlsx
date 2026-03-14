--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efcbcd772844e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56660ace570f46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1abcb61446ec4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbffa150766e046aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9526e46c3398493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1abcb61446ec4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bcfcda3f7842bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbffa150766e046aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>3,225</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,193</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>2,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,747</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>