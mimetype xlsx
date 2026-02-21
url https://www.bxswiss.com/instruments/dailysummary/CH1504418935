--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re722c5e37d6e40c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a1a033685f4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf85a3321d2406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d69d655c2f44c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0fdbe0e28ae4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf85a3321d2406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67bbcc27381949f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d69d655c2f44c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,659</x:t>
-[...193 lines deleted...]
-          <x:t>1,531</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>1,667</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>