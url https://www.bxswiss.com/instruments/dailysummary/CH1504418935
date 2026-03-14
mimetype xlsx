--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a1a033685f4f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e3e40e5c7d4ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d69d655c2f44c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56732c2e09a449c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67bbcc27381949f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d69d655c2f44c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c168bb4737b460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56732c2e09a449c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,413</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...259 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,117</x:t>
-[...178 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,869</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,941</x:t>
-[...58 lines deleted...]
-          <x:t>1,027</x:t>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>