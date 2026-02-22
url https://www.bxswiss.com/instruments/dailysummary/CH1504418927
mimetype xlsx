--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f470ca88f9a46be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb75a7cc0d9c4009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb410fcb2304a4cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28273ab59ac24a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445928419221409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb410fcb2304a4cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5d9b66128646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28273ab59ac24a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,659</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>1,779</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>