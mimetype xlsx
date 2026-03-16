--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb75a7cc0d9c4009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508f3d95d5954a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28273ab59ac24a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b7050f026d43ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5d9b66128646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28273ab59ac24a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498e733cc05d4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b7050f026d43ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>1,269</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,203</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,199</x:t>
-[...114 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,131</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,021</x:t>
-[...58 lines deleted...]
-          <x:t>1,111</x:t>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>