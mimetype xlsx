--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd607e87cffc4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7954797ab2849b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra330af4072844776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04427995c22b441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d93f6150ac84405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra330af4072844776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4022aac72ef84dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04427995c22b441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,243</x:t>
-[...112 lines deleted...]
-          <x:t>4,241</x:t>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,433</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>