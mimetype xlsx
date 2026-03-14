--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7954797ab2849b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700b54916040451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04427995c22b441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e7c82561b44347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4022aac72ef84dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04427995c22b441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bfdfb99c66b4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e7c82561b44347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,201</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>