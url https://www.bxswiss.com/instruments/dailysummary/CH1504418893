--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62708b794ec945da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a1bcc54f14425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc51bc9c979d41ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2625b1dc8a4cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d75d1b0884d4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc51bc9c979d41ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefb6866056844e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2625b1dc8a4cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>1,871</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,871</x:t>
-[...53 lines deleted...]
-          <x:t>1,783</x:t>
+          <x:t>1,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,019</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>