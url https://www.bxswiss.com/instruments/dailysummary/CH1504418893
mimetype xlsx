--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a1bcc54f14425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2762294144a4ffe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2625b1dc8a4cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5ab65e43474a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefb6866056844e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2625b1dc8a4cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re214ba57165346b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5ab65e43474a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,731</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>1,489</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...124 lines deleted...]
-          <x:t>1,533</x:t>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,259</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,157</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,191</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...100 lines deleted...]
-          <x:t>1,293</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>