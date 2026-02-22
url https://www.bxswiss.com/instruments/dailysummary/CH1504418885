--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8f02f6bf9240b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0c74f8a17d41d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea9fb0e499d4c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6047bbe7d634f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5fb30aacc54557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea9fb0e499d4c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853b7f75b8044c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6047bbe7d634f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>1,837</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,827</x:t>
-[...16 lines deleted...]
-          <x:t>1,971</x:t>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,901</x:t>
-[...80 lines deleted...]
-          <x:t>1,991</x:t>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>