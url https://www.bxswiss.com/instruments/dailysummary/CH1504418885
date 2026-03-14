--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0c74f8a17d41d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c7ca19d0564a77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6047bbe7d634f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dec57d23b6a422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853b7f75b8044c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6047bbe7d634f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dab8a844ec343a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dec57d23b6a422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,597</x:t>
-[...26 lines deleted...]
-          <x:t>1,491</x:t>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...97 lines deleted...]
-          <x:t>1,645</x:t>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,249</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,357</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...90 lines deleted...]
-          <x:t>1,393</x:t>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>