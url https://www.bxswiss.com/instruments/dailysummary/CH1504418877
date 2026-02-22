--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c2d47d142f41f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4753113f9d44414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a328bebbd24287"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54237e0acf546ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc89217a42414495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a328bebbd24287" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580ef8cabd2e4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54237e0acf546ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>4,701</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,553</x:t>
-[...43 lines deleted...]
-          <x:t>4,599</x:t>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,515</x:t>
-[...38 lines deleted...]
-          <x:t>4,327</x:t>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,531</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>4,809</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>