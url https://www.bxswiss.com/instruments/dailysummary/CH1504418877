--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4753113f9d44414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8aabdac0654046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54237e0acf546ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6253a55facd41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580ef8cabd2e4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54237e0acf546ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa88cb1762f448f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6253a55facd41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>