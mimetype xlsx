--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d163e8449341c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bd5208540e450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R490049f9c54b4493"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9a53db18e64bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14477fb0669a4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R490049f9c54b4493" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d33ef3181954200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9a53db18e64bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,257</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,261</x:t>
-[...36 lines deleted...]
-          <x:t>2,279</x:t>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>