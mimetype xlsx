--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bd5208540e450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1232752bab95495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9a53db18e64bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9a66efc15e4369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d33ef3181954200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9a53db18e64bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbf37d16f0f4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9a66efc15e4369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>1,669</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,537</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>