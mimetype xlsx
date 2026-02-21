--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e9834db1454bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9760fe99a0a54061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1435dd50485b430f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc73a333fba54dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49a80f54de7480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1435dd50485b430f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa74d96c72b04751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc73a333fba54dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>2,467</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,343</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>2,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>2,385</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>