--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9760fe99a0a54061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08680b2ad8f442ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc73a333fba54dd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a41457d43d4e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa74d96c72b04751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc73a333fba54dd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707c1c605acc42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a41457d43d4e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...301 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,823</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>1,795</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,781</x:t>
-[...53 lines deleted...]
-          <x:t>1,727</x:t>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>