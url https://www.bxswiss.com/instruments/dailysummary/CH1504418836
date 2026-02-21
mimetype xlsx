--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8cbbcd61194153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba3916458d04df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d565ce462c3410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d48123eb9c4675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ce8083b0334ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d565ce462c3410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9deb0a6f1d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d48123eb9c4675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,907</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>5,207</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>