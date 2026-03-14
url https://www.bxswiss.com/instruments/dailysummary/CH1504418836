--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba3916458d04df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19192a0cf94465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d48123eb9c4675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aca7248a245449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9deb0a6f1d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d48123eb9c4675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra675e98d92a2426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aca7248a245449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,335</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>4,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,425</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>