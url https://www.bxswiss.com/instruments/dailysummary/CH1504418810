--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5cb7bc6bf3461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91af76d3fcc54da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f95ef9f890442f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb46b907c1f6436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc536919cc854ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f95ef9f890442f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fc2c9e9e0d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb46b907c1f6436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>2,529</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>