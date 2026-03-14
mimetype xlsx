--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91af76d3fcc54da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445efaa4576f48d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb46b907c1f6436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb33f39f776e344dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fc2c9e9e0d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb46b907c1f6436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57ed4eece264a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb33f39f776e344dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>2,037</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,069</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,863</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>1,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>