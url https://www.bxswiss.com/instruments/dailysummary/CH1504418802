--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2718c7d8d54f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7171a9bd034b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44836923da274fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1302082c5804ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2747c51d9d3143c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44836923da274fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c9f4f1f3094252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1302082c5804ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>