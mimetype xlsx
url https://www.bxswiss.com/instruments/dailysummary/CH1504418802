--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7171a9bd034b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671ec9fbdf8c4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1302082c5804ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2c84184d2e4303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c9f4f1f3094252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1302082c5804ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc889ca14f84d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2c84184d2e4303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,829</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,623</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,699</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,779</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>2,863</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>