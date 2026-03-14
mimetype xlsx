--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671ec9fbdf8c4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64d6c5170fcd47ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2c84184d2e4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f4c3415c654a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc889ca14f84d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2c84184d2e4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6238f0b731a4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f4c3415c654a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,499</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>2,481</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...21 lines deleted...]
-          <x:t>1,849</x:t>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>1,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>